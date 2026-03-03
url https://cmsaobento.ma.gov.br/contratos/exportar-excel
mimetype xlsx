--- v0 (2025-11-08)
+++ v1 (2026-03-03)
@@ -12,68 +12,158 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="312">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="334">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Nº Contrato</t>
   </si>
   <si>
     <t>Unidade/Objeto</t>
   </si>
   <si>
     <t>Fornecedor/CNPJ</t>
   </si>
   <si>
     <t>Data Assinatura/Valor</t>
   </si>
   <si>
     <t>Vigência</t>
+  </si>
+  <si>
+    <t>01/2026</t>
+  </si>
+  <si>
+    <t>SECRETARIA
+Prorrogação do contrato de Contratação de Empresa...</t>
+  </si>
+  <si>
+    <t>M. DA S. MESQUITA SERVIÇOS E TECNOLOGIA LTDA
+CNPJ nÂº 16.799.630</t>
+  </si>
+  <si>
+    <t>16/01/2026
+60.000,00</t>
+  </si>
+  <si>
+    <t>16/01/2026 a 16/01/2027</t>
+  </si>
+  <si>
+    <t>16/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA
+Aditivo de 24,75% sobre o valor global do Contrato...</t>
+  </si>
+  <si>
+    <t>L J B SILVA
+09.391.317/0001-70</t>
+  </si>
+  <si>
+    <t>24/11/2025
+70.997,45</t>
+  </si>
+  <si>
+    <t>24/11/2025 a 22/07/2026</t>
+  </si>
+  <si>
+    <t>24/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA
+Contratação de empresa para prestação do serviço d...</t>
+  </si>
+  <si>
+    <t>CR CONSULTORIA E SERVICOS LTDA
+37.081.654/0001-05</t>
+  </si>
+  <si>
+    <t>01/12/2025
+50.000,00</t>
+  </si>
+  <si>
+    <t>01/12/2025 a 01/12/2026</t>
+  </si>
+  <si>
+    <t>02/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA
+Aditivo de 25% (vinte e cinco por cento) dos itens...</t>
+  </si>
+  <si>
+    <t>GLOBAL EMPREENDIMENTOS E ASSESSORIA LTDA
+30.016.402/0001-45</t>
+  </si>
+  <si>
+    <t>16/10/2025
+15.950,00</t>
+  </si>
+  <si>
+    <t>16/10/2025 a 07/02/2026</t>
+  </si>
+  <si>
+    <t>23/2025</t>
+  </si>
+  <si>
+    <t>SECRETARIA
+Contratação de empresa para prestação de serviço d...</t>
+  </si>
+  <si>
+    <t>CELSO NAZARENO MAFRA DE MELO
+13.016.186/0001-19</t>
+  </si>
+  <si>
+    <t>05/11/2025
+47.000,00</t>
+  </si>
+  <si>
+    <t>05/11/2025 a 05/11/2026</t>
   </si>
   <si>
     <t>22/2025</t>
   </si>
   <si>
     <t>SECRETARIA
 Contratação de empresa especializada para a presta...</t>
   </si>
   <si>
     <t>ENERGO EMPREENDIMENTOS E CONTROLE AMBIENTAL LTDA
 11.416.4080001/65</t>
   </si>
   <si>
     <t>26/09/2025
 109.920,00</t>
   </si>
   <si>
     <t>26/09/2025 a 26/09/2026</t>
   </si>
   <si>
     <t>21/2025</t>
   </si>
   <si>
     <t>SECRETARIA
 Contratação de Pessoa Jurídica para fornecimento d...</t>
@@ -86,75 +176,68 @@
     <t>11/09/2025
 171.975,86</t>
   </si>
   <si>
     <t>11/09/2025 a 11/09/2026</t>
   </si>
   <si>
     <t>20/2025</t>
   </si>
   <si>
     <t>SECRETARIA
 Contratação de empresa para fornecimento de gênero...</t>
   </si>
   <si>
     <t>SUPERMERCADO MIX FERREIRA LTDA
 24.101.667/0001-49</t>
   </si>
   <si>
     <t>01/09/2025
 50.979,00</t>
   </si>
   <si>
     <t>01/09/2025 a 01/09/2026</t>
   </si>
   <si>
-    <t>16/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>SECRETARIA
 Contratação de empresa especializada para manutenç...</t>
   </si>
   <si>
     <t>VC CHAVES FREITAS LTDA
 18.402.898/0001-90</t>
   </si>
   <si>
     <t>22/07/2025
 286.772,46</t>
   </si>
   <si>
     <t>22/07/2025 a 22/07/2026</t>
   </si>
   <si>
     <t>19/2025</t>
   </si>
   <si>
-    <t>SECRETARIA
-[...2 lines deleted...]
-  <si>
     <t>DIGITAL COMERCIO E SERVICOS DE INFORMATICA LTDA
 13.218.878/0001-40</t>
   </si>
   <si>
     <t>07/08/2025
 16.800,00</t>
   </si>
   <si>
     <t>07/08/2025 a 07/08/2026</t>
   </si>
   <si>
     <t>18/2025</t>
   </si>
   <si>
     <t>SECRETARIA
 Contratação de empresa para prestação de serviços...</t>
   </si>
   <si>
     <t>RICARDO CASTRO SOCIEDADE INDIVIDUAL DE ADVOCACIA
 61.667.587/0001-81</t>
   </si>
   <si>
     <t>05/08/2025
 300.000,00</t>
   </si>
@@ -285,59 +368,55 @@
 40.018.958/0001-24</t>
   </si>
   <si>
     <t>17/02/2025
 167.273,65</t>
   </si>
   <si>
     <t>17/02/2025 a 31/12/2025</t>
   </si>
   <si>
     <t>002/2025</t>
   </si>
   <si>
     <t>SECRETARIA
 O presente contrato tem por objeto Contratação de...</t>
   </si>
   <si>
     <t>INFORBYTE CURSOS E DESENVOLVIMENTO DE SOFTWARE
 02.235.088/0001-56</t>
   </si>
   <si>
     <t>17/02/2025
 6.000,00</t>
   </si>
   <si>
-    <t>001/2025</t>
+    <t>01/2025</t>
   </si>
   <si>
     <t>SECRETARIA
 O presente contrato tem por objeto utilização de s...</t>
-  </si>
-[...2 lines deleted...]
-30.016.402/0001-45</t>
   </si>
   <si>
     <t>07/02/2025
 75.250,00</t>
   </si>
   <si>
     <t>07/02/2025 a 31/12/2025</t>
   </si>
   <si>
     <t>3/2024</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL DE SÃO BENTO
 3 (TERCEIRO) ADITIVO AO CONTRATO 04/2021 - ORIUNDO...</t>
   </si>
   <si>
     <t>CARDOSO E TRAJANO ADVOGADOS
 29.178.751/0001-84</t>
   </si>
   <si>
     <t>25/03/2024
 R$ 276.000,00</t>
   </si>
   <si>
     <t>25/03/2024 a 25/03/2025</t>
@@ -1479,1596 +1558,1696 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F77"/>
+  <dimension ref="A1:F82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E77" sqref="E77"/>
+      <selection activeCell="E82" sqref="E82"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="B4" t="s">
         <v>16</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
-        <v>73</v>
+        <v>113</v>
       </c>
       <c r="B5" t="s">
         <v>21</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
-        <v>73</v>
+        <v>112</v>
       </c>
       <c r="B6" t="s">
         <v>26</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F6" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
-        <v>72</v>
+        <v>111</v>
       </c>
       <c r="B7" t="s">
         <v>31</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>34</v>
       </c>
       <c r="F7" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
-        <v>70</v>
+        <v>110</v>
       </c>
       <c r="B8" t="s">
         <v>36</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F8" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
-        <v>69</v>
+        <v>109</v>
       </c>
       <c r="B9" t="s">
         <v>41</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F9" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="B10" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="F10" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="B11" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F11" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="B12" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F12" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="B13" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="F13" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
+        <v>69</v>
+      </c>
+      <c r="B14" t="s">
         <v>64</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="F14" t="s">
         <v>63</v>
-      </c>
-[...7 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="B15" t="s">
         <v>67</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D15" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="E15" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="E15" s="1" t="s">
+      <c r="F15" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B16" t="s">
+        <v>71</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="D16" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="D16" s="1" t="s">
+      <c r="E16" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="E16" s="1" t="s">
+      <c r="F16" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="B17" t="s">
         <v>76</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>79</v>
       </c>
       <c r="F17" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="B18" t="s">
+        <v>80</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="D18" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="D18" s="1" t="s">
+      <c r="E18" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="E18" s="1" t="s">
+      <c r="F18" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="B19" t="s">
+        <v>85</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="D19" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="D19" s="1" t="s">
+      <c r="E19" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="E19" s="1" t="s">
+      <c r="F19" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="B20" t="s">
+        <v>90</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="D20" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="D20" s="1" t="s">
+      <c r="E20" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="E20" s="1" t="s">
+      <c r="F20" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="B21" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>96</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F21" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="B22" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>100</v>
+        <v>23</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>101</v>
       </c>
       <c r="F22" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B23" t="s">
-        <v>91</v>
+        <v>103</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F23" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B24" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="C24" t="s">
         <v>108</v>
       </c>
+      <c r="C24" s="1" t="s">
+        <v>109</v>
+      </c>
       <c r="D24" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F24" t="s">
-        <v>90</v>
+        <v>112</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="B25" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>113</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>114</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="F25" t="s">
-        <v>95</v>
+        <v>117</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B26" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>113</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>118</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>88</v>
+        <v>110</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="F26" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="B27" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>113</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>121</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F27" t="s">
-        <v>106</v>
+        <v>124</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="B28" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>124</v>
+        <v>113</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>125</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>100</v>
+        <v>126</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F28" t="s">
-        <v>102</v>
+        <v>128</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="B29" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>129</v>
+      </c>
+      <c r="C29" t="s">
+        <v>130</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>104</v>
+        <v>131</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F29" t="s">
-        <v>129</v>
+        <v>112</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="B30" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>133</v>
+      </c>
+      <c r="C30" t="s">
+        <v>134</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="F30" t="s">
-        <v>134</v>
+        <v>117</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="B31" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>137</v>
+      </c>
+      <c r="C31" t="s">
+        <v>138</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>137</v>
+        <v>110</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F31" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B32" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>140</v>
+        <v>141</v>
+      </c>
+      <c r="C32" t="s">
+        <v>142</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="F32" t="s">
-        <v>139</v>
+        <v>128</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="B33" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>145</v>
+      </c>
+      <c r="C33" t="s">
+        <v>146</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>137</v>
+        <v>122</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="F33" t="s">
-        <v>145</v>
+        <v>124</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="B34" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>147</v>
+        <v>126</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="F34" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="B35" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>141</v>
+        <v>154</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="F35" t="s">
-        <v>145</v>
+        <v>156</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="B36" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-        <v>154</v>
+        <v>157</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>158</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="F36" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="B37" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>157</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>162</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="E37" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="F37" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="B38" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="E38" s="1" t="s">
         <v>166</v>
       </c>
       <c r="F38" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="B39" t="s">
+        <v>165</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="D39" s="1" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>170</v>
       </c>
       <c r="F39" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="B40" t="s">
         <v>172</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>173</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>100</v>
+        <v>163</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>174</v>
       </c>
       <c r="F40" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B41" t="s">
+        <v>175</v>
+      </c>
+      <c r="C41" t="s">
         <v>176</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" s="1" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="E41" s="1" t="s">
         <v>178</v>
       </c>
       <c r="F41" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>180</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="C42" t="s">
         <v>181</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>83</v>
+        <v>182</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F42" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="B43" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>147</v>
+        <v>187</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="F43" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="B44" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>141</v>
+        <v>110</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="F44" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="B45" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>193</v>
+        <v>122</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="F45" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="B46" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>141</v>
+        <v>163</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="F46" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="B47" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>141</v>
+        <v>105</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="F47" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="B48" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>88</v>
+        <v>169</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="F48" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="B49" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>93</v>
+        <v>163</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F49" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B50" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="F50" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B51" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>218</v>
+        <v>163</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>219</v>
       </c>
       <c r="F51" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="B52" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>193</v>
+        <v>163</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="F52" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B53" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>147</v>
+        <v>110</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F53" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B54" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>141</v>
+        <v>115</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F54" t="s">
-        <v>220</v>
+        <v>232</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B55" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-        <v>229</v>
+        <v>233</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>234</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>155</v>
+        <v>235</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="F55" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B56" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>169</v>
+        <v>239</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>88</v>
+        <v>240</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="F56" t="s">
-        <v>234</v>
+        <v>242</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B57" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>236</v>
+        <v>243</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>141</v>
+        <v>215</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>237</v>
+        <v>244</v>
       </c>
       <c r="F57" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B58" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>147</v>
+        <v>169</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="F58" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="B59" t="s">
+        <v>245</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="C59" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D59" s="1" t="s">
-        <v>83</v>
+        <v>163</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="F59" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="B60" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-        <v>248</v>
+        <v>250</v>
+      </c>
+      <c r="C60" t="s">
+        <v>251</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>137</v>
+        <v>177</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="F60" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="B61" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>252</v>
+        <v>191</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>253</v>
+        <v>110</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="F61" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="B62" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>258</v>
+        <v>163</v>
       </c>
       <c r="E62" s="1" t="s">
         <v>259</v>
       </c>
       <c r="F62" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="B63" t="s">
         <v>261</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>262</v>
       </c>
       <c r="D63" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="E63" s="1" t="s">
         <v>263</v>
       </c>
-      <c r="E63" s="1" t="s">
+      <c r="F63" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="B64" t="s">
+        <v>265</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>266</v>
       </c>
-      <c r="C64" s="1" t="s">
+      <c r="D64" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E64" s="1" t="s">
         <v>267</v>
       </c>
-      <c r="D64" s="1" t="s">
+      <c r="F64" t="s">
         <v>268</v>
-      </c>
-[...4 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="B65" t="s">
+        <v>269</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="E65" s="1" t="s">
         <v>271</v>
       </c>
-      <c r="C65" s="1" t="s">
+      <c r="F65" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="B66" t="s">
+        <v>273</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="E66" s="1" t="s">
         <v>276</v>
       </c>
-      <c r="C66" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E66" s="1" t="s">
+      <c r="F66" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="B67" t="s">
         <v>278</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>279</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>141</v>
+        <v>280</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F67" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B68" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="F68" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="B69" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>204</v>
+        <v>289</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="F69" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B70" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>267</v>
+        <v>294</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>284</v>
+        <v>295</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="F70" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="B71" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>267</v>
+        <v>226</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>288</v>
+        <v>163</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="F71" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B72" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>204</v>
+        <v>301</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>296</v>
+        <v>163</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="F72" t="s">
-        <v>290</v>
+        <v>303</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="B73" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>204</v>
+        <v>305</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>300</v>
+        <v>307</v>
       </c>
       <c r="F73" t="s">
-        <v>290</v>
+        <v>308</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="B74" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>204</v>
+        <v>226</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>284</v>
+        <v>310</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>302</v>
+        <v>311</v>
       </c>
       <c r="F74" t="s">
-        <v>290</v>
+        <v>312</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="B75" t="s">
-        <v>303</v>
+        <v>313</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>262</v>
+        <v>289</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>305</v>
+        <v>314</v>
       </c>
       <c r="F75" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="B76" t="s">
-        <v>307</v>
+        <v>315</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>308</v>
+        <v>289</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>284</v>
+        <v>310</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>309</v>
+        <v>316</v>
       </c>
       <c r="F76" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77">
+        <v>6</v>
+      </c>
+      <c r="B77" t="s">
+        <v>317</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="E77" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="F77" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6">
+      <c r="A78">
+        <v>5</v>
+      </c>
+      <c r="B78" t="s">
+        <v>320</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="E78" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="F78" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6">
+      <c r="A79">
+        <v>4</v>
+      </c>
+      <c r="B79" t="s">
+        <v>323</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="E79" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="F79" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6">
+      <c r="A80">
+        <v>3</v>
+      </c>
+      <c r="B80" t="s">
+        <v>325</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="E80" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="F80" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6">
+      <c r="A81">
+        <v>2</v>
+      </c>
+      <c r="B81" t="s">
+        <v>329</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="E81" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="F81" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6">
+      <c r="A82">
         <v>1</v>
       </c>
-      <c r="B77" t="s">
-[...12 lines deleted...]
-        <v>310</v>
+      <c r="B82" t="s">
+        <v>329</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="E82" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="F82" t="s">
+        <v>332</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">